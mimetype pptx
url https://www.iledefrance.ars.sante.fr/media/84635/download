--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -331,51 +331,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3849826" y="1"/>
             <a:ext cx="2946246" cy="496572"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="92071" tIns="46036" rIns="92071" bIns="46036" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6725AA13-4418-479A-9358-BB73DB8EA807}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="917575" y="744538"/>
             <a:ext cx="4962525" cy="3722687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -953,51 +953,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style des sous-titres du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1121,51 +1121,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1299,51 +1299,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1489,51 +1489,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier le style des sous-titres du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1657,51 +1657,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1902,51 +1902,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2131,51 +2131,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2495,51 +2495,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2612,51 +2612,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style du titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2707,51 +2707,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2982,51 +2982,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3150,51 +3150,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3402,51 +3402,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3570,51 +3570,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3748,51 +3748,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3993,51 +3993,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4278,51 +4278,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4697,51 +4697,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4814,51 +4814,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style du titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4909,51 +4909,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5184,51 +5184,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5436,51 +5436,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5655,51 +5655,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="8898891"/>
             <a:ext cx="2987040" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1700">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4373880" y="8898891"/>
             <a:ext cx="4053840" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6163,51 +6163,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="879475" y="8899525"/>
             <a:ext cx="2881313" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/08/2025</a:t>
+              <a:t>05/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4240213" y="8899525"/>
             <a:ext cx="4321175" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7154,51 +7154,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="179201" tIns="89601" rIns="179201" bIns="89601" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR">
               <a:solidFill>
                 <a:srgbClr val="4164AA"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="Rectangle 102"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3667539" y="5142273"/>
-            <a:ext cx="2031304" cy="1045011"/>
+            <a:ext cx="2031304" cy="989263"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -7218,90 +7218,91 @@
               </a:rPr>
               <a:t>Stéphanie AUGUSTINIAK</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Dorra BELAID</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>Laurence CAIRON</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t>Paul COINTOT</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Patricia LAMARRE</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="900" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="004493"/>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Vanessa MONNET</a:t>
-            </a:r>
-[...9 lines deleted...]
-              <a:t>Alexia VIGNAL</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="114" name="Rectangle 113"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5812916" y="3865469"/>
             <a:ext cx="2754916" cy="348544"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EBEBEB"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
@@ -7371,84 +7372,84 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="179201" tIns="89601" rIns="179201" bIns="89601" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>xxx</a:t>
+              <a:t>Thibault LE DROGO</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="ctr" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Responsable</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="116" name="Rectangle 115"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5809649" y="7399979"/>
-            <a:ext cx="2743713" cy="1588589"/>
+            <a:off x="5796175" y="7242419"/>
+            <a:ext cx="2743713" cy="1225503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -7456,141 +7457,120 @@
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="179201" tIns="89601" rIns="179201" bIns="89601" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Eléonore BROCART</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Laura DA CRUZ</a:t>
-[...10 lines deleted...]
-              </a:rPr>
               <a:t>Léa DAGIEU</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Sophie ELIVON</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Mirella PHILOMIN</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Sabrina THIEUX</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="fr-FR" sz="900" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Mariela CAVAN</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
-            <a:endParaRPr lang="fr-FR" sz="900" dirty="0">
-[...7 lines deleted...]
-            <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Océane LAGREE (stagiaire)</a:t>
-[...11 lines deleted...]
-              <a:t>Sabrina THIEUX (apprentie)</a:t>
+              <a:t>Julie DELACOTTE (stagiaire)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="117" name="Rectangle 116"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5783352" y="5902515"/>
             <a:ext cx="2754916" cy="540000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
@@ -8171,51 +8151,51 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>01 34 41 14 81</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Connecteur droit 10"/>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
             <a:stCxn id="103" idx="2"/>
             <a:endCxn id="103" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4683191" y="6187284"/>
+            <a:off x="4683191" y="6131536"/>
             <a:ext cx="0" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="Rectangle 90"/>
           <p:cNvSpPr/>
@@ -9294,51 +9274,51 @@
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="107" name="Rectangle 106"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7214478" y="6700651"/>
-            <a:ext cx="1334166" cy="688629"/>
+            <a:ext cx="1334166" cy="540001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -9360,51 +9340,51 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(PH)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="108" name="Rectangle 107"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5809649" y="6700651"/>
-            <a:ext cx="1397219" cy="688629"/>
+            <a:ext cx="1397219" cy="540001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -10163,51 +10143,51 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="Rectangle 67"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1987531" y="8021784"/>
-            <a:ext cx="1626127" cy="834006"/>
+            <a:ext cx="1626127" cy="662581"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7391C8"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -10216,89 +10196,50 @@
         <p:txBody>
           <a:bodyPr lIns="128001" tIns="64001" rIns="128001" bIns="64001" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Chargée défense et sécurité</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Lisa FORTEA</a:t>
-            </a:r>
-[...37 lines deleted...]
-              <a:t> (stagiaire)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69" name="Rectangle 68"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1987281" y="7893171"/>
             <a:ext cx="1626127" cy="139090"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="8CB45A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
@@ -11157,54 +11098,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>240</Words>
+  <Words>231</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A3 (297 x 420 mm)</PresentationFormat>
-  <Paragraphs>94</Paragraphs>
+  <Paragraphs>90</Paragraphs>
   <Slides>1</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>