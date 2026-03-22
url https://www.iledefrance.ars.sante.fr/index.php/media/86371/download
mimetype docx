--- v0 (2025-12-18)
+++ v1 (2026-03-22)
@@ -1,818 +1,885 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008D40A1" w:rsidRPr="00FA451C" w:rsidRDefault="00FD39F6" w:rsidP="00FD39F6">
+    <w:p w14:paraId="05F1D3F2" w14:textId="77777777" w:rsidR="008D40A1" w:rsidRPr="00FA451C" w:rsidRDefault="00FD39F6" w:rsidP="00FD39F6">
       <w:pPr>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA451C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>LOGO</w:t>
       </w:r>
       <w:r w:rsidR="00544703" w:rsidRPr="00FA451C">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D40A1" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="008D40A1" w:rsidRPr="00BB5845" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
+    <w:p w14:paraId="295C9387" w14:textId="77777777" w:rsidR="008D40A1" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
+    <w:p w14:paraId="5F9466C0" w14:textId="77777777" w:rsidR="008D40A1" w:rsidRPr="00BB5845" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
+    <w:p w14:paraId="5B36C33E" w14:textId="77777777" w:rsidR="008D40A1" w:rsidRPr="00BB5845" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
+    <w:p w14:paraId="5EED0627" w14:textId="77777777" w:rsidR="008D40A1" w:rsidRPr="00BB5845" w:rsidRDefault="008D40A1" w:rsidP="008D40A1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-318" w:tblpY="111"/>
-        <w:tblW w:w="9530" w:type="dxa"/>
+        <w:tblW w:w="10116" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5382"/>
-        <w:gridCol w:w="4148"/>
+        <w:gridCol w:w="5713"/>
+        <w:gridCol w:w="4403"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005424F5" w:rsidTr="00E37061">
+      <w:tr w:rsidR="005424F5" w14:paraId="68A149DF" w14:textId="77777777" w:rsidTr="00083E41">
         <w:trPr>
           <w:trHeight w:val="848"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:tcW w:w="5713" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005424F5" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="00D42F9F">
+          <w:p w14:paraId="4611DDD6" w14:textId="77777777" w:rsidR="005424F5" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Société</w:t>
             </w:r>
             <w:r w:rsidR="00283220" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> XXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="00544703" w:rsidP="00D42F9F">
+          <w:p w14:paraId="36782226" w14:textId="77777777" w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="00544703" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00544703" w:rsidRPr="00544703" w:rsidRDefault="00544703" w:rsidP="00D42F9F">
+          <w:p w14:paraId="39C2E99E" w14:textId="77777777" w:rsidR="00544703" w:rsidRPr="00544703" w:rsidRDefault="00544703" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F682C" w:rsidRPr="006F682C" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
+          <w:p w14:paraId="058915C3" w14:textId="77777777" w:rsidR="006F682C" w:rsidRPr="006F682C" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
+          <w:p w14:paraId="771498A0" w14:textId="77777777" w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Affaire suivie par :</w:t>
             </w:r>
             <w:r w:rsidR="00A600C4" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00283220" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>XXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
+          <w:p w14:paraId="6C303A91" w14:textId="77777777" w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="006F682C" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Courriel :</w:t>
             </w:r>
             <w:r w:rsidR="00A600C4" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00283220" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>XXXXXXXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="00283220" w:rsidP="00D42F9F">
+          <w:p w14:paraId="1143C40A" w14:textId="77777777" w:rsidR="006F682C" w:rsidRPr="00B607A2" w:rsidRDefault="00283220" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tél.</w:t>
             </w:r>
             <w:r w:rsidR="006F682C" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>XX XX XX XX XX</w:t>
+              <w:t xml:space="preserve">XX </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B607A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00A600C4" w:rsidRPr="000C20F7" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
+          <w:p w14:paraId="6FC474BE" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="000C20F7" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4148" w:type="dxa"/>
+            <w:tcW w:w="4403" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001134B5" w:rsidRDefault="00AB1049" w:rsidP="001134B5">
+          <w:p w14:paraId="5EBF974E" w14:textId="34B6A20C" w:rsidR="001134B5" w:rsidRDefault="00083E41" w:rsidP="001134B5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Madame la Direct</w:t>
-[...23 lines deleted...]
-              <w:t>e</w:t>
+              <w:t>Monsieur le Directeur Général</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001134B5" w:rsidRDefault="00283220" w:rsidP="001134B5">
+          <w:p w14:paraId="771C75F5" w14:textId="77777777" w:rsidR="001134B5" w:rsidRDefault="00283220" w:rsidP="001134B5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Agence régionale de santé </w:t>
             </w:r>
             <w:r w:rsidR="00FB1BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Î</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>le-de-France</w:t>
             </w:r>
             <w:r w:rsidR="001134B5" w:rsidRPr="00CF02A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F45E6" w:rsidRPr="006F45E6" w:rsidRDefault="00AB1049" w:rsidP="00080129">
+          <w:p w14:paraId="6D1853EB" w14:textId="77777777" w:rsidR="00083E41" w:rsidRDefault="00083E41" w:rsidP="00080129">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D01DDDE" w14:textId="0A4751C3" w:rsidR="00AB1049" w:rsidRDefault="00AB1049" w:rsidP="00080129">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>A l’attention</w:t>
             </w:r>
             <w:r w:rsidR="006F45E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> du Directeur départemental du </w:t>
+              <w:t xml:space="preserve"> d</w:t>
             </w:r>
-            <w:r w:rsidR="006F45E6" w:rsidRPr="006F45E6">
-[...5 lines deleted...]
-              <w:t>[département]</w:t>
+            <w:r w:rsidR="00083E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e la Directrice de la Veille et Sécurité Sanitaires</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB1049" w:rsidRDefault="00AB1049" w:rsidP="00080129">
+          <w:p w14:paraId="74EB8481" w14:textId="77777777" w:rsidR="00083E41" w:rsidRDefault="00083E41" w:rsidP="00080129">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="343BE56C" w14:textId="716CC5C2" w:rsidR="00A600C4" w:rsidRDefault="00083E41" w:rsidP="00080129">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Délégation départementale</w:t>
-[...13 lines deleted...]
-              <w:t>[département]</w:t>
+              <w:t>Département Qualité Sécurité Pharmacie Médicament Biologie</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A600C4" w:rsidRPr="006F45E6" w:rsidRDefault="006F45E6" w:rsidP="00080129">
+          <w:p w14:paraId="77E43201" w14:textId="77777777" w:rsidR="00083E41" w:rsidRDefault="00083E41" w:rsidP="00080129">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>13 rue du Landy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA94AA4" w14:textId="2B979646" w:rsidR="00083E41" w:rsidRPr="00083E41" w:rsidRDefault="00083E41" w:rsidP="00080129">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
-                <w:color w:val="0070C0"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E37061">
-[...8 lines deleted...]
-              <w:t>[adresse]</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>93200 SAINT-DENIS</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005424F5" w:rsidTr="00E37061">
+      <w:tr w:rsidR="005424F5" w14:paraId="335BF0C0" w14:textId="77777777" w:rsidTr="00083E41">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:tcW w:w="5713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005424F5" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
+          <w:p w14:paraId="0E9BD71E" w14:textId="77777777" w:rsidR="005424F5" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097450">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Réf.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00283220" w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>XXXXXXXXXXXXXX</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A600C4" w:rsidRPr="000C20F7" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
+          <w:p w14:paraId="0B984AFB" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="000C20F7" w:rsidRDefault="00A600C4" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4148" w:type="dxa"/>
+            <w:tcW w:w="4403" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="005424F5" w:rsidP="00A750F9">
+          <w:p w14:paraId="6C8131AF" w14:textId="77777777" w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="005424F5" w:rsidP="00A750F9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001134B5" w:rsidRPr="00B739DA" w:rsidTr="00E37061">
+      <w:tr w:rsidR="005424F5" w:rsidRPr="00BB5845" w14:paraId="0243562C" w14:textId="77777777" w:rsidTr="00083E41">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="4148" w:type="dxa"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5382" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:tcW w:w="5382" w:type="dxa"/>
+            <w:tcW w:w="5713" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E55B41" w:rsidRPr="00E55B41" w:rsidRDefault="00E55B41" w:rsidP="00E55B41">
+          <w:p w14:paraId="01FA601D" w14:textId="3618DC13" w:rsidR="00E55B41" w:rsidRPr="00E55B41" w:rsidRDefault="00E55B41" w:rsidP="00E55B41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E55B41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Objet : </w:t>
             </w:r>
             <w:r w:rsidR="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Demande d’autorisation de </w:t>
             </w:r>
             <w:r w:rsidR="00B607A2" w:rsidRPr="00E37061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>[création/transfert</w:t>
             </w:r>
+            <w:r w:rsidR="00083E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+              </w:rPr>
+              <w:t>/modifications substantielles</w:t>
+            </w:r>
             <w:r w:rsidR="00E37061" w:rsidRPr="00E37061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidR="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>d’un site de rattachement d’une structure dispensatrice</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="005424F5" w:rsidP="00D42F9F">
+          <w:p w14:paraId="7D45F72C" w14:textId="77777777" w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="005424F5" w:rsidP="00D42F9F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4148" w:type="dxa"/>
+            <w:tcW w:w="4403" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00D42F9F">
+          <w:p w14:paraId="00284D80" w14:textId="77777777" w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00D42F9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="00E55B41" w:rsidP="00B607A2">
+          <w:p w14:paraId="2531CAF1" w14:textId="77777777" w:rsidR="005424F5" w:rsidRPr="000C20F7" w:rsidRDefault="00E55B41" w:rsidP="00B607A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50797">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>DATE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA65EF" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
+    <w:p w14:paraId="6C4D96F2" w14:textId="77777777" w:rsidR="00FA65EF" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00A600C4">
+    <w:p w14:paraId="77A4AE42" w14:textId="77777777" w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00A600C4">
+    <w:p w14:paraId="03BE23EC" w14:textId="77777777" w:rsidR="00E956BC" w:rsidRDefault="00E956BC" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD6A53" w:rsidRDefault="00BD6A53" w:rsidP="00A600C4">
+    <w:p w14:paraId="3074D7A6" w14:textId="77777777" w:rsidR="00BD6A53" w:rsidRDefault="00BD6A53" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD6A53" w:rsidRDefault="00BD6A53" w:rsidP="00A600C4">
+    <w:p w14:paraId="0D81B6A7" w14:textId="77777777" w:rsidR="00BD6A53" w:rsidRDefault="00BD6A53" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00B607A2" w:rsidP="00A600C4">
+    <w:p w14:paraId="4448D2C0" w14:textId="6922A550" w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00B607A2" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Madame la Directrice</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onsieur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Direct</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eur</w:t>
       </w:r>
       <w:r w:rsidR="00FB1BCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> généra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>le</w:t>
+        <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00A600C4" w:rsidRPr="006A66DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
+    <w:p w14:paraId="38C9DE6D" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
+    <w:p w14:paraId="3366CACC" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="006A66DD" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-46"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRDefault="003A637D" w:rsidP="00FB1BCA">
+    <w:p w14:paraId="097ECDBA" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRDefault="003A637D" w:rsidP="00FB1BCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conformément aux dispositions de</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB1BCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -963,548 +1030,566 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[adresse]</w:t>
       </w:r>
       <w:r w:rsidR="00FB1BCA" w:rsidRPr="00E37061">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FB1BCA" w:rsidRPr="00FB1BCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA02C2" w:rsidRPr="00BD6A53" w:rsidRDefault="00EA02C2" w:rsidP="003A637D">
+    <w:p w14:paraId="60A71556" w14:textId="77777777" w:rsidR="00EA02C2" w:rsidRPr="00BD6A53" w:rsidRDefault="00EA02C2" w:rsidP="003A637D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D499F" w:rsidRDefault="003A637D" w:rsidP="00A600C4">
+    <w:p w14:paraId="04EA6A00" w14:textId="77777777" w:rsidR="006D499F" w:rsidRDefault="003A637D" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le dossier comporte le</w:t>
       </w:r>
       <w:r w:rsidR="00BD6A53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dossier administratif dûment rempli accompagné des pièces justificatives demandées.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA65EF" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
+    <w:p w14:paraId="2FF128BD" w14:textId="77777777" w:rsidR="00FA65EF" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA65EF" w:rsidRPr="00185F98" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
+    <w:p w14:paraId="51B4B0FA" w14:textId="77777777" w:rsidR="00FA65EF" w:rsidRPr="00185F98" w:rsidRDefault="00FA65EF" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00B607A2" w:rsidP="00A600C4">
+    <w:p w14:paraId="1BF64A41" w14:textId="3672C286" w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00B607A2" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Je vous prie d’agréer, Madame</w:t>
+        <w:t>Je vous prie d’agréer, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onsieur</w:t>
       </w:r>
       <w:r w:rsidR="00FB1BCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>r</w:t>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ice générale</w:t>
+        <w:t xml:space="preserve"> Direct</w:t>
+      </w:r>
+      <w:r w:rsidR="00083E41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> général</w:t>
       </w:r>
       <w:r w:rsidR="00A600C4" w:rsidRPr="006A66DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, l’expression de ma considération distinguée.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
+    <w:p w14:paraId="528B5483" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600C4" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
+    <w:p w14:paraId="46360892" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRDefault="00A600C4" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-188"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FB1BCA" w:rsidRPr="00D57887" w:rsidRDefault="00FB1BCA" w:rsidP="00A600C4">
+    <w:p w14:paraId="21F3A0DB" w14:textId="77777777" w:rsidR="00FB1BCA" w:rsidRPr="00D57887" w:rsidRDefault="00FB1BCA" w:rsidP="00A600C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-188"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4904"/>
         <w:gridCol w:w="4166"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidTr="009D7687">
+      <w:tr w:rsidR="00A600C4" w:rsidRPr="00D57887" w14:paraId="271ECF63" w14:textId="77777777" w:rsidTr="009D7687">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00A600C4" w:rsidP="009D7687">
+          <w:p w14:paraId="1A6EC6E8" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRPr="00D57887" w:rsidRDefault="00A600C4" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4262" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A600C4" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
+          <w:p w14:paraId="26D1617D" w14:textId="77777777" w:rsidR="00A600C4" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Le représentant légal de la personne morale,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
+          <w:p w14:paraId="4995BC85" w14:textId="77777777" w:rsidR="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B607A2" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
+          <w:p w14:paraId="106E186E" w14:textId="77777777" w:rsidR="00B607A2" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>{</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nom, prénom et q</w:t>
             </w:r>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ualité]</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32D8F" w:rsidRDefault="00D32D8F" w:rsidP="009D7687">
+          <w:p w14:paraId="6AABECD4" w14:textId="77777777" w:rsidR="00D32D8F" w:rsidRDefault="00D32D8F" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D32D8F" w:rsidRDefault="00D32D8F" w:rsidP="009D7687">
+          <w:p w14:paraId="60A97C0C" w14:textId="77777777" w:rsidR="00D32D8F" w:rsidRDefault="00D32D8F" w:rsidP="009D7687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E956BC" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="00B607A2">
+          <w:p w14:paraId="6108BBF0" w14:textId="77777777" w:rsidR="00E956BC" w:rsidRPr="00B607A2" w:rsidRDefault="00B607A2" w:rsidP="00B607A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:right="-45"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B607A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001134B5" w:rsidRPr="001134B5" w:rsidRDefault="001134B5" w:rsidP="001134B5">
+    <w:p w14:paraId="6406E3B3" w14:textId="77777777" w:rsidR="001134B5" w:rsidRPr="001134B5" w:rsidRDefault="001134B5" w:rsidP="001134B5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001134B5" w:rsidRPr="001134B5" w:rsidSect="00D42F9F">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
+    <w:p w14:paraId="4E11E07E" w14:textId="77777777" w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
+    <w:p w14:paraId="4C62AA59" w14:textId="77777777" w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005F10D4" w:rsidRPr="008D40A1" w:rsidRDefault="00121493" w:rsidP="008D40A1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61A6337C" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="008D40A1" w:rsidRDefault="00121493" w:rsidP="008D40A1">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="37458D"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68583D38" wp14:editId="1C31799E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54D8A8CC" wp14:editId="16D076A6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="39" name="Zone de texte 39"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -1515,93 +1600,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="520C4148" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="3B315B72" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="6F8DFAA7" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -1673,51 +1758,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="311367EF" wp14:editId="508704E1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="566489C2" wp14:editId="6A05ADF1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="40" name="Zone de texte 40"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -1728,93 +1813,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="0B525050" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="6FDFB0E0" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="73917AD5" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -1882,51 +1967,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66D30966" wp14:editId="491C69D7">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76EEE7EA" wp14:editId="4643F564">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="41" name="Zone de texte 41"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -1937,93 +2022,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="4C6B33DD" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="47B17B01" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="7EC8A768" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2091,51 +2176,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62154A80" wp14:editId="65D7F1D4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3829E10F" wp14:editId="39ABCD39">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="42" name="Zone de texte 42"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -2146,93 +2231,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="79F07C38" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="19DA7259" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
+                        <w:p w14:paraId="6C617980" w14:textId="77777777" w:rsidR="00121493" w:rsidRPr="000113A2" w:rsidRDefault="00121493" w:rsidP="00121493">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2300,51 +2385,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="005F10D4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28655059" wp14:editId="51C8233F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EECD635" wp14:editId="2EE26235">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Zone de texte 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -2355,93 +2440,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="1030BD3F" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="38D8C5DF" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="6F2BC763" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2509,51 +2594,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="005F10D4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05FD1B94" wp14:editId="5A17C1A0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DDE5283" wp14:editId="15103B77">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Zone de texte 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -2564,93 +2649,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="28B19237" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="3F4321AC" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="0D6F8739" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2718,51 +2803,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="005F10D4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C6BEE31" wp14:editId="339DAA30">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AC60FD6" wp14:editId="0B5A42C9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Zone de texte 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -2773,93 +2858,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="3666544C" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="0EBCBA69" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="7947F69A" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2927,51 +3012,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="005F10D4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4296CBDA" wp14:editId="2E1750EC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20C0DBC8" wp14:editId="21BC5B6E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>899795</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10177780</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5600700" cy="457200"/>
               <wp:effectExtent l="0" t="635" r="1905" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Zone de texte 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5600700" cy="457200"/>
                       </a:xfrm>
@@ -2982,93 +3067,93 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="FF9900"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="36C267DD" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">35 rue de la Gare   Millénaire 2   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> – 75935 – Paris Cedex 19</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="5B174DC5" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Standard : 01. 44.02.00.00</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
+                        <w:p w14:paraId="280F5928" w14:textId="77777777" w:rsidR="005F10D4" w:rsidRPr="000113A2" w:rsidRDefault="005F10D4" w:rsidP="005F10D4">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="000113A2">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="37458D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>www.ars.iledefrance.sante.fr</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -3134,81 +3219,81 @@
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="000113A2">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="37458D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>www.ars.iledefrance.sante.fr</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
+    <w:p w14:paraId="5DADAD4D" w14:textId="77777777" w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
+    <w:p w14:paraId="6F81532C" w14:textId="77777777" w:rsidR="00E11943" w:rsidRDefault="00E11943" w:rsidP="008D40A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00A42DAF" w:rsidRDefault="00A42DAF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01288BB3" w14:textId="77777777" w:rsidR="00A42DAF" w:rsidRDefault="00A42DAF">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0599011A" wp14:editId="59CBECC7">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EED4DC3" wp14:editId="00CD08D6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-893445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-248920</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7575550" cy="688340"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="33" name="Image 33" descr="entete_filet"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="entete_filet"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3231,51 +3316,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D167002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC409AF0"/>
     <w:lvl w:ilvl="0" w:tplc="60DC5BBC">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3910,132 +3995,138 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="922179492">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1003700812">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="562063275">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1836257670">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1466772181">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="144594766">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D40A1"/>
     <w:rsid w:val="00043955"/>
+    <w:rsid w:val="00043D5B"/>
     <w:rsid w:val="00061A7D"/>
     <w:rsid w:val="00080129"/>
+    <w:rsid w:val="00083E41"/>
     <w:rsid w:val="000C20F7"/>
     <w:rsid w:val="001134B5"/>
     <w:rsid w:val="00121493"/>
     <w:rsid w:val="00160E0B"/>
     <w:rsid w:val="00185F98"/>
     <w:rsid w:val="001865CC"/>
     <w:rsid w:val="00192895"/>
     <w:rsid w:val="001B5927"/>
     <w:rsid w:val="001E2B53"/>
     <w:rsid w:val="001F5F5C"/>
+    <w:rsid w:val="0021147F"/>
     <w:rsid w:val="00232911"/>
     <w:rsid w:val="00243A26"/>
     <w:rsid w:val="00283220"/>
     <w:rsid w:val="002B6903"/>
     <w:rsid w:val="003057D7"/>
     <w:rsid w:val="003328B5"/>
     <w:rsid w:val="00355534"/>
     <w:rsid w:val="0039507B"/>
     <w:rsid w:val="003A637D"/>
     <w:rsid w:val="003B22DC"/>
     <w:rsid w:val="0041602D"/>
     <w:rsid w:val="00466C6A"/>
     <w:rsid w:val="00476433"/>
     <w:rsid w:val="00492C16"/>
     <w:rsid w:val="00496AB2"/>
     <w:rsid w:val="004A2D5D"/>
     <w:rsid w:val="004C2427"/>
     <w:rsid w:val="00507FEA"/>
     <w:rsid w:val="00524B64"/>
     <w:rsid w:val="005424F5"/>
     <w:rsid w:val="00544703"/>
     <w:rsid w:val="00554A9D"/>
+    <w:rsid w:val="00557D5E"/>
     <w:rsid w:val="00560356"/>
     <w:rsid w:val="005A4EC8"/>
     <w:rsid w:val="005C1EC8"/>
     <w:rsid w:val="005D3D18"/>
     <w:rsid w:val="005D611A"/>
     <w:rsid w:val="005F10D4"/>
     <w:rsid w:val="006D499F"/>
     <w:rsid w:val="006F45E6"/>
     <w:rsid w:val="006F682C"/>
     <w:rsid w:val="0070055B"/>
     <w:rsid w:val="007A546B"/>
     <w:rsid w:val="007B6B9E"/>
     <w:rsid w:val="007E4988"/>
     <w:rsid w:val="008537E1"/>
     <w:rsid w:val="00870F14"/>
     <w:rsid w:val="00887BE8"/>
     <w:rsid w:val="008A120B"/>
     <w:rsid w:val="008B02A2"/>
     <w:rsid w:val="008D40A1"/>
     <w:rsid w:val="008D6291"/>
     <w:rsid w:val="008F0235"/>
     <w:rsid w:val="008F1AD6"/>
     <w:rsid w:val="0092082F"/>
     <w:rsid w:val="009A27DD"/>
     <w:rsid w:val="00A10DBB"/>
@@ -4051,121 +4142,122 @@
     <w:rsid w:val="00AF3BC1"/>
     <w:rsid w:val="00B41B8E"/>
     <w:rsid w:val="00B446F2"/>
     <w:rsid w:val="00B50797"/>
     <w:rsid w:val="00B607A2"/>
     <w:rsid w:val="00B67BE1"/>
     <w:rsid w:val="00BA14C0"/>
     <w:rsid w:val="00BB0AF0"/>
     <w:rsid w:val="00BD1201"/>
     <w:rsid w:val="00BD6A53"/>
     <w:rsid w:val="00BF6790"/>
     <w:rsid w:val="00C162DC"/>
     <w:rsid w:val="00CA5561"/>
     <w:rsid w:val="00CB206E"/>
     <w:rsid w:val="00CB5749"/>
     <w:rsid w:val="00CC39EF"/>
     <w:rsid w:val="00CD4838"/>
     <w:rsid w:val="00CE1EF4"/>
     <w:rsid w:val="00CE2FE4"/>
     <w:rsid w:val="00CF3B00"/>
     <w:rsid w:val="00D32D8F"/>
     <w:rsid w:val="00D42F9F"/>
     <w:rsid w:val="00D60386"/>
     <w:rsid w:val="00D75C95"/>
     <w:rsid w:val="00D86E52"/>
+    <w:rsid w:val="00DC3625"/>
     <w:rsid w:val="00DD56E2"/>
     <w:rsid w:val="00E11943"/>
     <w:rsid w:val="00E253A5"/>
     <w:rsid w:val="00E301AE"/>
     <w:rsid w:val="00E37061"/>
     <w:rsid w:val="00E55B41"/>
     <w:rsid w:val="00E654D0"/>
     <w:rsid w:val="00E70FE6"/>
     <w:rsid w:val="00E8601B"/>
     <w:rsid w:val="00E956BC"/>
     <w:rsid w:val="00EA02C2"/>
     <w:rsid w:val="00EA51F2"/>
     <w:rsid w:val="00EB72FB"/>
     <w:rsid w:val="00EC5DD6"/>
     <w:rsid w:val="00EF3A78"/>
     <w:rsid w:val="00F141FB"/>
     <w:rsid w:val="00F61D59"/>
     <w:rsid w:val="00F666C4"/>
     <w:rsid w:val="00FA451C"/>
     <w:rsid w:val="00FA65EF"/>
     <w:rsid w:val="00FB1BCA"/>
     <w:rsid w:val="00FB69B3"/>
     <w:rsid w:val="00FD39F6"/>
     <w:rsid w:val="00FF12FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4B5C1521"/>
+  <w14:docId w14:val="44B89D2A"/>
   <w15:docId w15:val="{11A867C2-F0D7-4B4E-A293-7A7A5223E085}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4493,50 +4585,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008D40A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4722,51 +4819,51 @@
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RetraitcorpsdetexteCar"/>
     <w:rsid w:val="00A600C4"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RetraitcorpsdetexteCar">
     <w:name w:val="Retrait corps de texte Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Retraitcorpsdetexte"/>
     <w:rsid w:val="00A600C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="731544782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1035497704">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5172,70 +5269,99 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0338344-F5A7-4981-AD16-CFC48DF40EBF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>153</Words>
-  <Characters>847</Characters>
+  <Words>160</Words>
+  <Characters>881</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>999</CharactersWithSpaces>
+  <CharactersWithSpaces>1039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>BANNIER, Benoît</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-02-05T10:07:33Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>6c6c3e71-114f-48a4-8c9f-89450c326985</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>