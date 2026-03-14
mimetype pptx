--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -208,54 +208,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr snapVertSplitter="1" vertBarState="minimized" horzBarState="maximized">
     <p:restoredLeft sz="13202" autoAdjust="0"/>
     <p:restoredTop sz="94675" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="59" d="100"/>
-          <a:sy n="59" d="100"/>
+          <a:sx n="19" d="100"/>
+          <a:sy n="19" d="100"/>
         </p:scale>
-        <p:origin x="1973" y="72"/>
+        <p:origin x="1320" y="32"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="3024"/>
         <p:guide pos="4032"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -331,51 +331,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3849826" y="1"/>
             <a:ext cx="2946246" cy="496572"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="92071" tIns="46036" rIns="92071" bIns="46036" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6725AA13-4418-479A-9358-BB73DB8EA807}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de l'image des diapositives 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="917575" y="744538"/>
             <a:ext cx="4962525" cy="3722687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -953,51 +953,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style des sous-titres du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1121,51 +1121,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1299,51 +1299,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1489,51 +1489,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier le style des sous-titres du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1657,51 +1657,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1902,51 +1902,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2131,51 +2131,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2495,51 +2495,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2612,51 +2612,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style du titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2707,51 +2707,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2982,51 +2982,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3150,51 +3150,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3402,51 +3402,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifier les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3570,51 +3570,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3748,51 +3748,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3993,51 +3993,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4278,51 +4278,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4697,51 +4697,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Cinquième niveau</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4814,51 +4814,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez le style du titre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4909,51 +4909,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5184,51 +5184,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5436,51 +5436,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="fr-FR"/>
               <a:t>Modifiez les styles du texte du masque</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5655,51 +5655,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="8898891"/>
             <a:ext cx="2987040" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1700">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2F6750FF-F5C2-4717-A72A-4E3796EFABCA}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4373880" y="8898891"/>
             <a:ext cx="4053840" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6163,51 +6163,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="879475" y="8899525"/>
             <a:ext cx="2881313" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2AF23B5B-B5CC-4325-9D79-25FAB2BC27D6}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>05/11/2025</a:t>
+              <a:t>08/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4240213" y="8899525"/>
             <a:ext cx="4321175" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7079,51 +7079,51 @@
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="128001" tIns="64001" rIns="128001" bIns="64001" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Judicaël LAPORTE</a:t>
+              <a:t>X</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Responsable</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="Rectangle 74"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="155718" y="4957894"/>
             <a:ext cx="3441600" cy="180000"/>
@@ -8454,68 +8454,62 @@
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Eveline GALY</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Céline LAUTIER</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="fr-FR" sz="900" dirty="0">
+              <a:rPr lang="fr-FR" sz="900">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Cristina SANCHEZ</a:t>
             </a:r>
-          </a:p>
-[...9 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="900" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="Rectangle 64"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1971192" y="6059469"/>
             <a:ext cx="1604616" cy="167434"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="8CB45A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -11098,54 +11092,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>231</Words>
+  <Words>228</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A3 (297 x 420 mm)</PresentationFormat>
-  <Paragraphs>90</Paragraphs>
+  <Paragraphs>89</Paragraphs>
   <Slides>1</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>