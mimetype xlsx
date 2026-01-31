--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -2,99 +2,117 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\COLLABORATION\ORPEA\1_Publication site\Vague-2_EHPAD_Fichiers à publier\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\COLLABORATION\Publication IC\2_PA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3ECEBEB-FC5E-42CA-8BA4-245B3D951A21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C9F0489-D328-4B84-B854-A7569FAC7AB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15840" xr2:uid="{C47A7562-3E32-48D9-B0A0-277389EDF5F6}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{C47A7562-3E32-48D9-B0A0-277389EDF5F6}"/>
   </bookViews>
   <sheets>
     <sheet name="PA" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="t_finess">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>FINESS géo</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>BOUTIGNY SUR ESSONNE</t>
   </si>
   <si>
     <t xml:space="preserve">RESIDENCE SAINT-JACQUES </t>
   </si>
   <si>
     <t xml:space="preserve">Etablissement </t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE VIEUX COLOMBIER</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE SIMONE VEIL</t>
+  </si>
+  <si>
+    <t>VILLIERS SUR MARNE</t>
+  </si>
+  <si>
+    <t>MAISONS ALFORT</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LA CHESNAYE</t>
+  </si>
+  <si>
+    <t>SURESNES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
@@ -142,65 +160,74 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{AF9181EC-0054-4028-B795-CEE528965D15}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
@@ -519,89 +546,122 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B92A32B3-8AE1-4B78-B102-45C39A6582DB}">
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+      <selection activeCell="A5" sqref="A5:C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="32.1796875" customWidth="1"/>
     <col min="3" max="3" width="21.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="3">
         <v>91</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A3" s="6">
+        <v>940809387</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A4" s="6">
+        <v>940816432</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A5" s="7">
+        <v>920710415</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
   </sheetData>
   <conditionalFormatting sqref="A1">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A2">
+  <conditionalFormatting sqref="A2:A5">
     <cfRule type="duplicateValues" dxfId="0" priority="5"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PA</vt:lpstr>
     </vt:vector>