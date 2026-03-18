--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -1,157 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\COLLABORATION\Publication IC\2_PA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C9F0489-D328-4B84-B854-A7569FAC7AB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{059E057D-71CE-4F86-BA94-398C7C6893CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{C47A7562-3E32-48D9-B0A0-277389EDF5F6}"/>
+    <workbookView xWindow="8100" yWindow="-15690" windowWidth="19485" windowHeight="11175" xr2:uid="{C47A7562-3E32-48D9-B0A0-277389EDF5F6}"/>
   </bookViews>
   <sheets>
     <sheet name="PA" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="t_finess">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>FINESS géo</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>BOUTIGNY SUR ESSONNE</t>
   </si>
   <si>
     <t xml:space="preserve">RESIDENCE SAINT-JACQUES </t>
   </si>
   <si>
     <t xml:space="preserve">Etablissement </t>
   </si>
   <si>
     <t>EHPAD RESIDENCE LE VIEUX COLOMBIER</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE SIMONE VEIL</t>
   </si>
   <si>
     <t>VILLIERS SUR MARNE</t>
   </si>
   <si>
     <t>MAISONS ALFORT</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE LA CHESNAYE</t>
   </si>
   <si>
     <t>SURESNES</t>
+  </si>
+  <si>
+    <t>GONESSE</t>
+  </si>
+  <si>
+    <t>EHPAD L'EGLANTIER</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE REPOTEL</t>
+  </si>
+  <si>
+    <t>VOISINS LE BRETONNEUX</t>
+  </si>
+  <si>
+    <t>EHPAD MOLIERE</t>
+  </si>
+  <si>
+    <t>BOURG LA REINE</t>
+  </si>
+  <si>
+    <t>EHPAD FERRARI</t>
+  </si>
+  <si>
+    <t>CLAMART</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
@@ -160,104 +196,118 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{AF9181EC-0054-4028-B795-CEE528965D15}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF3366FF"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -546,54 +596,54 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B92A32B3-8AE1-4B78-B102-45C39A6582DB}">
-  <dimension ref="A1:C5"/>
+  <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:C5"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="32.1796875" customWidth="1"/>
     <col min="3" max="3" width="21.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A2" s="3">
         <v>91</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>3</v>
@@ -613,56 +663,100 @@
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="6">
         <v>940816432</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" s="7">
         <v>920710415</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>10</v>
       </c>
     </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A6" s="9">
+        <v>950806331</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" s="9">
+        <v>780823928</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A8" s="9">
+        <v>920803855</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A9" s="9">
+        <v>920710373</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
   <conditionalFormatting sqref="A1">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A2:A5">
-    <cfRule type="duplicateValues" dxfId="0" priority="5"/>
+  <conditionalFormatting sqref="A2:A9">
+    <cfRule type="duplicateValues" dxfId="0" priority="6"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>