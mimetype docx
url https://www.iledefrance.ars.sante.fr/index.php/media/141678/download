--- v0 (2025-10-18)
+++ v1 (2026-01-28)
@@ -1,50 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2C551542" w14:textId="6CC7D596" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="360" w:after="80"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc202436439"/>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Modèle de lettre d’engagement du praticien libéral</w:t>
@@ -172,66 +173,66 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E412E1" w14:textId="77777777" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">M’engage à participer à la permanence des soins  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B53308" w14:textId="77777777" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
+    <w:p w14:paraId="32B53308" w14:textId="1610DF61" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>selon l’organisation décrite dans le formulaire « N° du dossier démarche simplifié – spécialités de proximité et territoriales »  pour la spécialité suivante  (rayer les mentions inutiles) :</w:t>
+        <w:t>selon l’organisation décrite dans le formulaire « N° du dossier démarche simplifié»  pour la spécialité suivante  (rayer les mentions inutiles) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7385F5" w14:textId="77777777" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -440,96 +441,50 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Anesthésiologie</w:t>
-      </w:r>
-[...44 lines deleted...]
-        <w:t>» pour la spécialité suivante (rayer les mentions inutiles) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5275FB6B" w14:textId="77777777" w:rsidR="002F186D" w:rsidRPr="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="002F186D">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -931,221 +886,222 @@
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A01408A" w14:textId="77777777" w:rsidR="004729DA" w:rsidRDefault="004729DA" w:rsidP="002F186D">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004729DA" w:rsidSect="002F186D">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="1133" w:bottom="720" w:left="720" w:header="142" w:footer="271" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6E8B90" w14:textId="77777777" w:rsidR="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="73C3C5DC" w14:textId="77777777" w:rsidR="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06BCFA0D" w14:textId="11FE0396" w:rsidR="00D75B5C" w:rsidRDefault="00D75B5C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1AD16C36" w14:textId="4DB0FD93" w:rsidR="00D75B5C" w:rsidRDefault="00D75B5C" w:rsidP="002F186D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="006D5DB9">
       <w:t xml:space="preserve">PRS 2023-2028 </w:t>
     </w:r>
     <w:r w:rsidR="002F186D">
       <w:t>REPONSE APPEL A PROJET PDSES</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57A7B8EE" w14:textId="77777777" w:rsidR="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6146FEED" w14:textId="77777777" w:rsidR="002F186D" w:rsidRDefault="002F186D" w:rsidP="002F186D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F186D"/>
+    <w:rsid w:val="00070BE7"/>
     <w:rsid w:val="00093382"/>
     <w:rsid w:val="002F186D"/>
+    <w:rsid w:val="003C1CC4"/>
     <w:rsid w:val="003C4901"/>
     <w:rsid w:val="004729DA"/>
     <w:rsid w:val="007E3E14"/>
     <w:rsid w:val="00A25EE8"/>
     <w:rsid w:val="00D75B5C"/>
     <w:rsid w:val="00F4291F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E251540"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A997A0D-1915-4A97-87E6-D817913AA9E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2073,51 +2029,51 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F186D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F186D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2383,54 +2339,83 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>251</Words>
-  <Characters>1384</Characters>
+  <Words>223</Words>
+  <Characters>1228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1632</CharactersWithSpaces>
+  <CharactersWithSpaces>1449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>KHELFAT, Asmahane (ARS-IDF)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-10-24T13:45:02Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>ee664668-2464-4f06-9f0d-50e6f4db3f9b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>