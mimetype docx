--- v0 (2025-12-23)
+++ v1 (2026-02-07)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C9CAE20" w14:textId="70130B38" w:rsidR="00A40C74" w:rsidRPr="00262F41" w:rsidRDefault="008D3B5D" w:rsidP="00A40C74">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A40C74">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A40C74" w:rsidRPr="00262F41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>PRÉFET DES HAUTS-DE-SEINE</w:t>
       </w:r>
@@ -383,111 +384,93 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">membres des </w:t>
       </w:r>
       <w:r w:rsidRPr="00A41C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comités médicaux prévus par le décret n°86-442 modifié du 14 mars 1986. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B3FD4D" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRPr="00A41C68" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54094A30" w14:textId="0A87B6F2" w:rsidR="00A40C74" w:rsidRPr="00A41C68" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
+    <w:p w14:paraId="54094A30" w14:textId="148139FD" w:rsidR="00A40C74" w:rsidRPr="00A41C68" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A41C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Les médecins généralistes et spécialistes figurant dans la liste ci-dessous sont agréés, sur proposition du Directeur départemental des Hauts-de-Seine de l’Agence régionale de santé Ile-de-France, pour une période courant jusqu’</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5A3D">
-[...5 lines deleted...]
-        <w:t>au</w:t>
+      <w:r w:rsidR="00BA7F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE5A3D">
+      <w:r w:rsidR="00BA7F62" w:rsidRPr="00BA7F62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>décem</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5A3D" w:rsidRPr="00CE5A3D">
-[...24 lines deleted...]
-        <w:t>mai</w:t>
+      <w:r w:rsidR="0054035B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bre</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41C68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -705,52 +688,64 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">     Date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10A88E7B" w14:textId="2F4524BD" w:rsidR="00AA017A" w:rsidRDefault="00AA017A" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA017A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">     début</w:t>
-            </w:r>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AA017A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>début</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1287" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="74E8D5F4" w14:textId="772F0635" w:rsidR="00B04BEB" w:rsidRPr="00AA017A" w:rsidRDefault="00AA017A" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
@@ -759,52 +754,64 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fin de</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AEEE2B7" w14:textId="620E0767" w:rsidR="00AA017A" w:rsidRDefault="00AA017A" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA017A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">  validité</w:t>
-            </w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AA017A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>validité</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3A8F" w14:paraId="59BE28F0" w14:textId="77777777" w:rsidTr="00B04BEB">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="463EA1B0" w14:textId="394B3F64" w:rsidR="00BA3A8F" w:rsidRPr="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -833,113 +840,131 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C34D59F" w14:textId="0B6DE496" w:rsidR="00BA3A8F" w:rsidRPr="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40C74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>6 rue Sdérot</w:t>
-            </w:r>
+              <w:t xml:space="preserve">6 rue </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A40C74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sdérot</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21F41AE4" w14:textId="75DFEC09" w:rsidR="00BA3A8F" w:rsidRPr="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40C74">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>01 46 66 61 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CB86669" w14:textId="4D5079F0" w:rsidR="00BA3A8F" w:rsidRPr="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="393D8BDB" w14:textId="7AEB89AD" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
+          <w:p w14:paraId="393D8BDB" w14:textId="7C8D8D9E" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E2F37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="092B35DE" w14:textId="2B37962D" w:rsidR="00BA3A8F" w:rsidRPr="00B01B88" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1061,68 +1086,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3187A50C" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4381409A" w14:textId="6876D2F3" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
+          <w:p w14:paraId="4381409A" w14:textId="33D54CC9" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E2F37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10FD9F3A" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50983979" w14:textId="090E9F30" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00B04BEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -1318,68 +1351,76 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3BBBDAF9" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A593C17" w14:textId="3BD37EFF" w:rsidR="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00A40C74">
+          <w:p w14:paraId="1A593C17" w14:textId="397C559D" w:rsidR="00A40C74" w:rsidRDefault="00BA3A8F" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0A7C5962" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C630B87" w14:textId="6F5AD3CD" w:rsidR="00A40C74" w:rsidRPr="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1506,119 +1547,136 @@
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D1D6CA" w14:textId="578C6229" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>299 ter, av. de la division Leclerc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3E29F580" w14:textId="49DD8FFD" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
+          <w:p w14:paraId="572DF2AB" w14:textId="77777777" w:rsidR="005820A9" w:rsidRDefault="005820A9" w:rsidP="00A40C74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E29F580" w14:textId="4B42A7D8" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>01 46 32 55 09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6ABBFB7A" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="71EBBB7D" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48AB5834" w14:textId="5ED37992" w:rsidR="00A40C74" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
+          <w:p w14:paraId="48AB5834" w14:textId="6543E037" w:rsidR="00A40C74" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6894740E" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70639768" w14:textId="74472647" w:rsidR="00A40C74" w:rsidRDefault="00B01B88" w:rsidP="00A40C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -1780,68 +1838,76 @@
               <w:t>01 47 50 95 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0A3D7B77" w14:textId="77777777" w:rsidR="00A80975" w:rsidRDefault="00A80975" w:rsidP="00A80975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="73B64BDC" w14:textId="1C96C36A" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
+          <w:p w14:paraId="73B64BDC" w14:textId="5759C65E" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="338929A3" w14:textId="223521DE" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -2023,68 +2089,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E67C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4FD04E" w14:textId="46602950" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
+          <w:p w14:paraId="1C4FD04E" w14:textId="0A200496" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3CF70618" w14:textId="4B10C46D" w:rsidR="00A80975" w:rsidRDefault="00B01B88" w:rsidP="00A80975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -2205,119 +2279,137 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cabinet Médical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="920" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E992A87" w14:textId="6B9BFD3F" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4 rue Henri Aguado</w:t>
-            </w:r>
+              <w:t xml:space="preserve">4 rue Henri </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A41C68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Aguado</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55017A19" w14:textId="1DA41553" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>01 47 94 06 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="140" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="34B5F111" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="42EDE6CD" w14:textId="4D5D824B" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
+          <w:p w14:paraId="42EDE6CD" w14:textId="41AD398B" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064380B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3BBC2735" w14:textId="2D289AB7" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D452F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -2415,124 +2507,131 @@
               <w:t>01 47 90 81 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="140" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4E320805" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="530" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="706A75D0" w14:textId="175C56A2" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
+          <w:p w14:paraId="706A75D0" w14:textId="6F24443A" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064380B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3F36B023" w14:textId="09C421D8" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D452F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BF55810" w14:textId="77777777" w:rsidR="000B51AC" w:rsidRPr="000B51AC" w:rsidRDefault="000B51AC" w:rsidP="000B51AC">
-[...1 lines deleted...]
-        <w:ind w:left="708"/>
+    <w:p w14:paraId="39456E8C" w14:textId="77777777" w:rsidR="00DA333C" w:rsidRDefault="00DA333C" w:rsidP="000B51AC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57D887A4" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8" w:rsidP="000B51AC">
+    <w:p w14:paraId="646B09D6" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="000B51AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39456E8C" w14:textId="77777777" w:rsidR="00DA333C" w:rsidRDefault="00DA333C" w:rsidP="000B51AC">
+    <w:p w14:paraId="3CD15599" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="000B51AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5974261B" w14:textId="73B67222" w:rsidR="000B51AC" w:rsidRDefault="000B51AC" w:rsidP="000B51AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2682,96 +2781,120 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4AEDEC4C" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17898313" w14:textId="15892F72" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
+          <w:p w14:paraId="17898313" w14:textId="3F55A135" w:rsidR="00B01B88" w:rsidRDefault="005820A9" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390303">
-[...5 lines deleted...]
-              <w:t>30/04/28</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01B88" w:rsidRPr="00390303">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4DC4D7BC" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11763A4F" w14:textId="7FE34B18" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00B01B88">
+          <w:p w14:paraId="11763A4F" w14:textId="19A78915" w:rsidR="00B01B88" w:rsidRDefault="005820A9" w:rsidP="00B01B88">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004209A2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01B88" w:rsidRPr="004209A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70D6E97C" w14:textId="77777777" w:rsidR="00AA79AF" w:rsidRDefault="00AA79AF"/>
     <w:p w14:paraId="127C7EF6" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8" w:rsidP="00AA79AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46B3AA0B" w14:textId="77777777" w:rsidR="00EB29A4" w:rsidRDefault="00EB29A4" w:rsidP="00AA79AF">
@@ -2943,68 +3066,76 @@
             <w:r w:rsidRPr="003B05E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7835D667" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="544AB9ED" w14:textId="446F33C4" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
+          <w:p w14:paraId="544AB9ED" w14:textId="146D5B1B" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7C692BA1" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51CBAB36" w14:textId="2264499F" w:rsidR="00AA79AF" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -3195,68 +3326,76 @@
             <w:r w:rsidRPr="003B05E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="12C2723A" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="406F3688" w14:textId="1CFF8C9F" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
+          <w:p w14:paraId="406F3688" w14:textId="17A6B74A" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1FB4BF5B" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="058BDE92" w14:textId="2E737DFB" w:rsidR="00AA79AF" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -3371,68 +3510,76 @@
               <w:t>01 42 53 00 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="195" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B577D93" w14:textId="77777777" w:rsidR="00AA79AF" w:rsidRPr="003B05E8" w:rsidRDefault="00AA79AF" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2679357D" w14:textId="7A522A6E" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
+          <w:p w14:paraId="2679357D" w14:textId="2C177C72" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1305C206" w14:textId="4E7E9C69" w:rsidR="00AA79AF" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -3589,68 +3736,76 @@
           <w:p w14:paraId="0FB9CC6E" w14:textId="77777777" w:rsidR="00AA79AF" w:rsidRPr="003B05E8" w:rsidRDefault="00AA79AF" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3842CB4F" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65E458FF" w14:textId="757E6CD6" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
+          <w:p w14:paraId="65E458FF" w14:textId="5F613ECD" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="613BFFE2" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="043721F5" w14:textId="45C63DC1" w:rsidR="00AA79AF" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -3836,68 +3991,76 @@
           <w:p w14:paraId="2DBFB11C" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1E36986E" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DFA599D" w14:textId="5BA32E5D" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="2DFA599D" w14:textId="4066408E" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B7FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5B825431" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="784C98B9" w14:textId="5382C9BE" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -4029,68 +4192,76 @@
             <w:r w:rsidRPr="003B05E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="42B2ACFD" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43B8A459" w14:textId="77102D9C" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="43B8A459" w14:textId="641FAB0F" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B7FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="19EE06DF" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D85BF3A" w14:textId="4DF3B831" w:rsidR="00BA3A8F" w:rsidRPr="00B01B88" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -4346,68 +4517,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4DF5EABE" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="770ADEBF" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46D5102F" w14:textId="6E3B6126" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="46D5102F" w14:textId="54E0250B" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB717B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="73E96E24" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1422636C" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4576,68 +4755,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="28A01BF3" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08E74C44" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55C492E7" w14:textId="215D0721" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="55C492E7" w14:textId="543C6983" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB717B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="510BE177" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49A2A015" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4807,68 +4994,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="52C032B6" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D1860AC" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="108BFFAA" w14:textId="32666408" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="108BFFAA" w14:textId="5D2DA17A" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB717B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0FE8B828" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FF35C72" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5032,68 +5227,76 @@
               <w:t>01 47 73 51 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="154" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29D0C99D" w14:textId="77777777" w:rsidR="00AA79AF" w:rsidRPr="003B05E8" w:rsidRDefault="00AA79AF" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="49D36859" w14:textId="1ED04FD1" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
+          <w:p w14:paraId="49D36859" w14:textId="0B7DC0D0" w:rsidR="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4E56EFC7" w14:textId="43CCE18A" w:rsidR="00AA79AF" w:rsidRDefault="00B01B88" w:rsidP="00AA79AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -5264,68 +5467,76 @@
               <w:t>01 47 08 40 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4433F625" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1876D544" w14:textId="4D29112E" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="1876D544" w14:textId="1999D40C" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003419FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="21E053CB" w14:textId="66DA57B9" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1D53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -5403,136 +5614,144 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0D02E1A7" w14:textId="0BAD41B5" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="429770B3" w14:textId="08FB6994" w:rsidR="00BA3A8F" w:rsidRPr="00AA79AF" w:rsidRDefault="00905D60" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="429770B3" w14:textId="08FB6994" w:rsidR="00BA3A8F" w:rsidRPr="00AA79AF" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00BA3A8F" w:rsidRPr="00003732">
+              <w:r w:rsidRPr="00003732">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Laurence.mbesse.amakene@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00BA3A8F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CB633C" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5A2DD0D6" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79234F2A" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03AAD755" w14:textId="2AB19163" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="03AAD755" w14:textId="7208C733" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003419FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0FAFDE41" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11183D9C" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5720,68 +5939,76 @@
           <w:p w14:paraId="0F02ACC4" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRPr="003B05E8" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6BBF3883" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74AAA29B" w14:textId="5AA0F40B" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="74AAA29B" w14:textId="7BA50F26" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7FC31944" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="512D187B" w14:textId="7548AA88" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -5841,59 +6068,67 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB78A81" w14:textId="77777777" w:rsidR="00F41904" w:rsidRPr="00A41C68" w:rsidRDefault="00F41904" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="454949BC" w14:textId="4A6ADFC3" w:rsidR="00F41904" w:rsidRPr="00A41C68" w:rsidRDefault="00F41904" w:rsidP="00660EF1">
+          <w:p w14:paraId="454949BC" w14:textId="697FE023" w:rsidR="00F41904" w:rsidRPr="00A41C68" w:rsidRDefault="00F96EB3" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00F41904">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>63 Grande Rue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279E8717" w14:textId="78E42D49" w:rsidR="00F41904" w:rsidRPr="00A41C68" w:rsidRDefault="00F41904" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5912,68 +6147,76 @@
           <w:p w14:paraId="07B15660" w14:textId="77777777" w:rsidR="00F41904" w:rsidRPr="003B05E8" w:rsidRDefault="00F41904" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6C01607A" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="394B4C42" w14:textId="064A5090" w:rsidR="00F41904" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="394B4C42" w14:textId="55D912F6" w:rsidR="00F41904" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3259A61A" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18B96056" w14:textId="1988DB81" w:rsidR="00F41904" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -6041,65 +6284,73 @@
           </w:tcPr>
           <w:p w14:paraId="6592ACD0" w14:textId="622F8FD0" w:rsidR="00660EF1" w:rsidRPr="00A41C68" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr MOURIER Véronique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46FC9C27" w14:textId="55AD127A" w:rsidR="00660EF1" w:rsidRPr="00A41C68" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
+          <w:p w14:paraId="46FC9C27" w14:textId="1A6A8C33" w:rsidR="00660EF1" w:rsidRPr="00A41C68" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Uniquement pour mairie de Villeneuve-la-G.</w:t>
+              <w:t>Uniquement pour mairie de Villeneuve-la-G</w:t>
+            </w:r>
+            <w:r w:rsidR="0029294F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arenne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63FF4FEB" w14:textId="6BAAAC15" w:rsidR="00660EF1" w:rsidRPr="00A41C68" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10 Bd C. de Gaulle</w:t>
             </w:r>
           </w:p>
@@ -6164,68 +6415,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1DFFBAB2" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75BA4732" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7336BB84" w14:textId="76AA137B" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="7336BB84" w14:textId="78125CE0" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7C0017A4" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F82997F" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6453,68 +6712,76 @@
           </w:tcPr>
           <w:p w14:paraId="3E324D74" w14:textId="360C6828" w:rsidR="00660EF1" w:rsidRPr="003B05E8" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B05E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD22AF1" w14:textId="0BDF230E" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="2AD22AF1" w14:textId="5C34D095" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5BC6242F" w14:textId="724D9D76" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -6769,68 +7036,76 @@
               <w:t>01 46 03 77 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3138F719" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRPr="003B05E8" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="716C4828" w14:textId="69760AF1" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="716C4828" w14:textId="4709F296" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="62190AB5" w14:textId="7AFE53FB" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -6858,66 +7133,52 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E2DD5A0" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8" w:rsidP="00660EF1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0349CC16" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8" w:rsidP="00660EF1">
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="78909BCA" w14:textId="77777777" w:rsidR="008B3034" w:rsidRDefault="008B3034" w:rsidP="004256CD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5919968A" w14:textId="3669167D" w:rsidR="00660EF1" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7093,110 +7354,117 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B05E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="01777022" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4913C676" w14:textId="6E0CF09C" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="4913C676" w14:textId="63ABFFDB" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4CCD4156" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16B16A59" w14:textId="1DA13725" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30C81236" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRDefault="00660EF1"/>
     <w:p w14:paraId="04ED94E8" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRDefault="00660EF1"/>
-    <w:p w14:paraId="67CE9C3D" w14:textId="77777777" w:rsidR="008B3034" w:rsidRDefault="008B3034"/>
     <w:p w14:paraId="18650089" w14:textId="77777777" w:rsidR="008B3034" w:rsidRDefault="008B3034" w:rsidP="00357367">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795C7D29" w14:textId="3C761088" w:rsidR="00660EF1" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660EF1">
@@ -7483,68 +7751,76 @@
           </w:tcPr>
           <w:p w14:paraId="7B9DAA45" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31FC7E17" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10D22140" w14:textId="5D3304ED" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="10D22140" w14:textId="44FDFBB4" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="51E725B9" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="120008C8" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7717,68 +7993,76 @@
               <w:t>01 41 10 27 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F748536" w14:textId="77777777" w:rsidR="00660EF1" w:rsidRPr="003B05E8" w:rsidRDefault="00660EF1" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="04273413" w14:textId="23881E3D" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="04273413" w14:textId="5447E6BA" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6F056D01" w14:textId="3C3E1F94" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
@@ -7791,115 +8075,89 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30D81C8A" w14:textId="77777777" w:rsidR="000B2693" w:rsidRDefault="000B2693" w:rsidP="009B4D97">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36D33686" w14:textId="77777777" w:rsidR="000B2693" w:rsidRDefault="000B2693" w:rsidP="009B4D97">
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7E7E75B7" w14:textId="77777777" w:rsidR="008B3034" w:rsidRDefault="008B3034" w:rsidP="004256CD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A21AB46" w14:textId="5FCAB494" w:rsidR="009B4D97" w:rsidRDefault="009B4D97" w:rsidP="009B4D97">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Psychiatrie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60928646" w14:textId="77777777" w:rsidR="009B4D97" w:rsidRDefault="009B4D97" w:rsidP="009B4D97">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45176C35" w14:textId="77777777" w:rsidR="00357367" w:rsidRDefault="00357367" w:rsidP="009B4D97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68969EA2" w14:textId="4CA084E7" w:rsidR="009B4D97" w:rsidRPr="009B4D97" w:rsidRDefault="009B4D97" w:rsidP="009B4D97">
       <w:pPr>
         <w:rPr>
@@ -8053,68 +8311,76 @@
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="786B0C35" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BCEA36A" w14:textId="37FCCDAC" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
+          <w:p w14:paraId="5BCEA36A" w14:textId="5F999913" w:rsidR="00660EF1" w:rsidRDefault="00BA3A8F" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="721E4A2C" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="215FFD8A" w14:textId="364E3A45" w:rsidR="00660EF1" w:rsidRDefault="00B01B88" w:rsidP="00660EF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -8194,65 +8460,97 @@
           </w:tcPr>
           <w:p w14:paraId="462DB025" w14:textId="7724DD9C" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr LAFFY-BEAUFILS Béatrice </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61CB6277" w14:textId="6C8A7F76" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="61CB6277" w14:textId="3BD40602" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Retraité, agrée</w:t>
+              <w:t>Retraité</w:t>
+            </w:r>
+            <w:r w:rsidR="00E240B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, agré</w:t>
+            </w:r>
+            <w:r w:rsidR="00E240B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="528D6611" w14:textId="2DE9AA13" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">4 parvis Corentin Celton – psychiatrie </w:t>
             </w:r>
           </w:p>
@@ -8298,68 +8596,76 @@
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15685341" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6238F76C" w14:textId="3DC04D75" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="6238F76C" w14:textId="6202083E" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487DC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02C27C81" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E78C832" w14:textId="0F106369" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -8488,68 +8794,76 @@
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="092790C8" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25665515" w14:textId="5E4E9E9B" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="25665515" w14:textId="2BAFA766" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487DC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7A2C4AC9" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61DAC5B8" w14:textId="7A2F0DAB" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -8565,51 +8879,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3A8F" w14:paraId="2042BD15" w14:textId="77777777" w:rsidTr="00322F18">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58565D39" w14:textId="6B1707FE" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Dr AMAR Gilles </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04432E99" w14:textId="5A4962BF" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hôpital Corentin Celton</w:t>
             </w:r>
@@ -8686,391 +8999,593 @@
           <w:p w14:paraId="2FA2E22D" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="226C6DB1" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16CB992A" w14:textId="4DE9EE6B" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="16CB992A" w14:textId="489FBC62" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487DC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="369C2FA0" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BBF984F" w14:textId="103E06EB" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300821">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58F91958" w14:textId="77777777" w:rsidR="009B4D97" w:rsidRDefault="009B4D97"/>
-    <w:p w14:paraId="66E8E74E" w14:textId="77777777" w:rsidR="008B3034" w:rsidRDefault="008B3034">
+    <w:p w14:paraId="1EF76261" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="004256CD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">92250 La Garenne-Colombes </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>92350 Le Plessis Robinson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D45ED4F" w14:textId="77777777" w:rsidR="009B4D97" w:rsidRDefault="009B4D97"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Grilledutableau"/>
-[...3 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="-919" w:tblpY="181"/>
+        <w:tblW w:w="10935" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2549"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="633"/>
+        <w:gridCol w:w="807"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="706"/>
+        <w:gridCol w:w="1708"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="330"/>
+        <w:gridCol w:w="905"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="130"/>
+        <w:gridCol w:w="1055"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA3A8F" w14:paraId="13ECF501" w14:textId="77777777" w:rsidTr="00322F18">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00F55FB1" w14:paraId="2F9920CA" w14:textId="77777777" w:rsidTr="003856F0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1385EDA5" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13FA9495" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRPr="004256CD" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr MARTIN Pascal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F22D01B" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRPr="004256CD" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004256CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>CMS Robert</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45964339" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004256CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fasquelle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="309DAA04" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, Villa des</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9019CC" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRPr="004256CD" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Camélias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19561F26" w14:textId="77777777" w:rsidR="00750ACF" w:rsidRDefault="00750ACF" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="523A5F61" w14:textId="21AD8864" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004256CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01 46 01 44 80 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2469F5E4" w14:textId="4A6BB938" w:rsidR="00F55FB1" w:rsidRPr="004256CD" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="100AE3A7" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D73852B" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EDF35AE" w14:textId="23C88ADB" w:rsidR="00750ACF" w:rsidRPr="00750ACF" w:rsidRDefault="00750ACF" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C31080" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="126074C7" w14:textId="251023AE" w:rsidR="00F55FB1" w:rsidRPr="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...50 lines deleted...]
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28/07/21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1055" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="048EA6B9" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="196CB3E3" w14:textId="508B2170" w:rsidR="00F55FB1" w:rsidRPr="004256CD" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004256CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7A3DCAC7" w14:textId="77777777" w:rsidR="00F55FB1" w:rsidRDefault="00F55FB1" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040744A">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004256CD" w14:paraId="5419F006" w14:textId="77777777" w:rsidTr="00524EFC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="85" w:type="dxa"/>
+            <w:right w:w="85" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="1185" w:type="dxa"/>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208BBFD3" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2071" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4ABE59" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2414" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7514C1" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AA0157" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D02162E" w14:textId="77777777" w:rsidR="004256CD" w:rsidRDefault="004256CD" w:rsidP="00524EFC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BBF39E1" w14:textId="77777777" w:rsidR="009B4D97" w:rsidRDefault="009B4D97"/>
-[...11 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4477D833" w14:textId="77777777" w:rsidR="00C05DD8" w:rsidRDefault="00C05DD8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6532FACF" w14:textId="77777777" w:rsidR="00B90621" w:rsidRDefault="00B90621">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34A0CCEC" w14:textId="6149BF0B" w:rsidR="009B4D97" w:rsidRPr="009B4D97" w:rsidRDefault="009B4D97">
@@ -9383,1025 +9898,821 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BEE0127" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="165365C7" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F3A1A38" w14:textId="14AEF0AA" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="3F3A1A38" w14:textId="65E1BC23" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008076EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBB28E1" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A5F6A5E" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E62B6F0" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="330CA636" w14:textId="798069AB" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022468B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...50 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3A8F" w14:paraId="140DC316" w14:textId="77777777" w:rsidTr="00322F18">
+      <w:tr w:rsidR="00BA3A8F" w14:paraId="5807BC2F" w14:textId="77777777" w:rsidTr="00322F18">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68EFDB4D" w14:textId="58387DF2" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="660FFF8C" w14:textId="4823419A" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Dr HUCK Alexandra</w:t>
+              <w:t>Dr KLEIN André</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4487CE" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="0ECB90BA" w14:textId="0B989BDF" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DRIEETS- UD92</w:t>
             </w:r>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Conseil médical des Hauts-de-Seine</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00A41C68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73F7967A" w14:textId="021AA9FB" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="327BF481" w14:textId="78A07534" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 Bd des Bouvets </w:t>
+              <w:t>11 Bd des Bouvets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C54B2F7" w14:textId="53F7A1E1" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="585FD6E6" w14:textId="3EBD38C3" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Médecin réservé au Conseil médical des Hauts-de-Seine</w:t>
+              <w:t>Médecin membre du Conseil médical des Hauts-de-Seine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58629641" w14:textId="5E0A0836" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="6FC40DD1" w14:textId="7C3767D4" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="403D3485" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
-[...26 lines deleted...]
-          <w:p w14:paraId="592B2470" w14:textId="195320E3" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="3D7730A4" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C82DF3" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F530A14" w14:textId="0F0A76B0" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008076EF">
+            <w:r w:rsidRPr="00526543">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A69CC3" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EA0DFB0" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FB6848C" w14:textId="2AD8EA4A" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...50 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3A8F" w14:paraId="5807BC2F" w14:textId="77777777" w:rsidTr="00322F18">
+      <w:tr w:rsidR="00BA3A8F" w14:paraId="2A920C33" w14:textId="77777777" w:rsidTr="00322F18">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660FFF8C" w14:textId="4823419A" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="7188F421" w14:textId="05BF7E70" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Dr KLEIN André</w:t>
+              <w:t>Dr MAZER Nicolas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECB90BA" w14:textId="0B989BDF" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="2E0A7B98" w14:textId="1E62422A" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DRIEETS- UD92</w:t>
             </w:r>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Conseil médical des Hauts-de-Seine</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63343562" w14:textId="3A9116EE" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w14:paraId="327BF481" w14:textId="78A07534" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 Bd des Bouvets </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F0CF29" w14:textId="6B2981D9" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>11 Bd des Bouvets</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>Médecin membre du Conseil médical des Hauts-de-Seine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC40DD1" w14:textId="7C3767D4" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="05483A94" w14:textId="3267566C" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7730A4" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
-[...17 lines deleted...]
-          <w:p w14:paraId="4F530A14" w14:textId="2091E9EF" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="17FB788E" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07702A71" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFBFBB5" w14:textId="557B57F1" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00526543">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="408FA4E6" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B6D3703" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F43494" w14:textId="47E4240A" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E15EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3A8F" w14:paraId="2A920C33" w14:textId="77777777" w:rsidTr="00322F18">
+      <w:tr w:rsidR="00BA3A8F" w14:paraId="592D34D3" w14:textId="77777777" w:rsidTr="00322F18">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7188F421" w14:textId="05BF7E70" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="66583308" w14:textId="138FB5E8" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:ind w:left="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Dr MAZER Nicolas</w:t>
+              <w:t>Dr MARLINGE Emeline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0A7B98" w14:textId="1E62422A" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="0B424234" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>DRIEETS- UD92</w:t>
-            </w:r>
+              <w:t>DRIEETS-UD92</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F26BDB" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:br/>
-              <w:t>Conseil médical des Hauts-de-Seine</w:t>
+              <w:t>Conseil médical des Hauts-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AABA08" w14:textId="7A20756A" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A41C68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A41C68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-Seine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41C68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63343562" w14:textId="3A9116EE" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="10AFB5FA" w14:textId="4A4560F0" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 Bd des Bouvets </w:t>
+              <w:t>11 Bd des Bouvets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F0CF29" w14:textId="6B2981D9" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="3FE4EEF8" w14:textId="62A4B3B9" w:rsidR="00BA3A8F" w:rsidRPr="00A41C68" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41C68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Médecin membre du Conseil médical des Hauts-de-Seine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05483A94" w14:textId="3267566C" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="4CB06DF2" w14:textId="638FA68F" w:rsidR="00BA3A8F" w:rsidRPr="003B05E8" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF4122">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="17FB788E" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
-[...17 lines deleted...]
-          <w:p w14:paraId="3EFBFBB5" w14:textId="254C9EAD" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+          <w:p w14:paraId="58F52A57" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C0D3D2F" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2776AC31" w14:textId="56069EFC" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00526543">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
-[...253 lines deleted...]
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5B34821F" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6AF22427" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="00BA3A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -10419,107 +10730,463 @@
             <w:r w:rsidRPr="006E15EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30/04/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CC7D77E" w14:textId="77777777" w:rsidR="00543564" w:rsidRDefault="00543564"/>
     <w:p w14:paraId="736D1588" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="247DF164" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="001D10D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="031FE433" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="001D10D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B55F580" w14:textId="0EA24AE5" w:rsidR="001D10D2" w:rsidRPr="009B4D97" w:rsidRDefault="001D10D2" w:rsidP="001D10D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Neuilly-sur-Seine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB80AB0" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="001D10D2"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="6023" w:type="pct"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2129"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1275"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001D10D2" w14:paraId="0727B285" w14:textId="77777777" w:rsidTr="00D56349">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7EDDF4" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRPr="00A41C68" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:ind w:left="-111"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr BEHAR Roland </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04158F38" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRPr="00A41C68" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2405F3" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26 av Charles de </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6305145E" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRPr="00A41C68" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gaulle </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EB32DD" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>01 47 22 72 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0B2485" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRPr="00A41C68" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06 12 74 68 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="130" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C84F328" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRPr="003B05E8" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4122">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="43713480" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68F7ECC9" w14:textId="4E6E4C9A" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72C04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A43D681" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6788D386" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2" w:rsidP="00D56349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0040744A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/04/28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="3FA2C2E7" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65EE0772" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67DA0398" w14:textId="77777777" w:rsidR="00B503E8" w:rsidRDefault="00B503E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="10AE41C0" w14:textId="77777777" w:rsidR="001D10D2" w:rsidRDefault="001D10D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6724EDC0" w14:textId="77A09DFE" w:rsidR="00543564" w:rsidRPr="00543564" w:rsidRDefault="00543564">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543564">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">75007 Paris </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6C6337" w14:textId="77777777" w:rsidR="00543564" w:rsidRDefault="00543564"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="6023" w:type="pct"/>
         <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2549"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2129"/>
         <w:gridCol w:w="1703"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B4D97" w14:paraId="49FAE93F" w14:textId="77777777" w:rsidTr="00322F18">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="pct"/>
@@ -10634,65 +11301,73 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="549BC0B5" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10448DAD" w14:textId="76451DF9" w:rsidR="009B4D97" w:rsidRPr="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="009B4D97">
+          <w:p w14:paraId="10448DAD" w14:textId="067FCEA4" w:rsidR="009B4D97" w:rsidRPr="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>30/04/28</w:t>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0A0FEAF1" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00B01B88" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30FBE131" w14:textId="1367A41F" w:rsidR="009B4D97" w:rsidRDefault="00B01B88" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
@@ -10850,135 +11525,143 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FEAB67" w14:textId="518ECAEC" w:rsidR="00543564" w:rsidRPr="00A41C68" w:rsidRDefault="00543564" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>37 rue Scheurer- Kestner</w:t>
-            </w:r>
+              <w:t xml:space="preserve">37 rue Scheurer- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kestner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D027644" w14:textId="74616112" w:rsidR="00543564" w:rsidRPr="00A41C68" w:rsidRDefault="00543564" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>01 47 92 20 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="130" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4280059D" w14:textId="2076A47C" w:rsidR="00543564" w:rsidRPr="003B05E8" w:rsidRDefault="00543564" w:rsidP="009B4D97">
+          <w:p w14:paraId="4280059D" w14:textId="3436B86B" w:rsidR="00543564" w:rsidRPr="003B05E8" w:rsidRDefault="00543564" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFABABB" w14:textId="77777777" w:rsidR="00BA3A8F" w:rsidRDefault="00BA3A8F" w:rsidP="009B4D97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44643BFD" w14:textId="24F791C3" w:rsidR="00543564" w:rsidRDefault="00BA3A8F" w:rsidP="009B4D97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...38 lines deleted...]
-              <w:t>30/04/28</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30/04/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00753F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="584" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="65DBD2BD" w14:textId="77777777" w:rsidR="00B01B88" w:rsidRDefault="00A07F84" w:rsidP="009B4D97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="545E3E96" w14:textId="3D3087CF" w:rsidR="00543564" w:rsidRPr="00A07F84" w:rsidRDefault="00B01B88" w:rsidP="009B4D97">
@@ -11108,70 +11791,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A40C74" w:rsidRPr="00A40C74" w:rsidSect="009B4D97">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="1560" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="232F8934" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76EBFD0F" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -11179,177 +11862,193 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1111634883"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6D172DB9" w14:textId="7CDDA35F" w:rsidR="00201BE7" w:rsidRDefault="00201BE7">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4818F8F4" w14:textId="77777777" w:rsidR="00201BE7" w:rsidRDefault="00201BE7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4A35E767" w14:textId="5FB396E0" w:rsidR="00A40C74" w:rsidRPr="00543564" w:rsidRDefault="00A40C74">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A35E767" w14:textId="2E69D5DD" w:rsidR="00A40C74" w:rsidRPr="00543564" w:rsidRDefault="00A40C74">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00543564">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Mis à jour le </w:t>
+      <w:t>Mis</w:t>
+    </w:r>
+    <w:r w:rsidR="00BA32AE">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>e</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00543564">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> à jour le </w:t>
     </w:r>
     <w:r w:rsidRPr="00543564">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00543564">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> TIME \@ "dddd d MMMM yyyy" </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00543564">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00905D60">
+    <w:r w:rsidR="00BA7F62">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>vendredi 16 mai 2025</w:t>
+      <w:t>mercredi 14 janvier 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00543564">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0323DD9F" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2F8B7A11" w14:textId="77777777" w:rsidR="00A40C74" w:rsidRDefault="00A40C74" w:rsidP="00A40C74">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76A02E63" w14:textId="541AE3CB" w:rsidR="00A40C74" w:rsidRDefault="00A40C74">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk195519898"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="289C15E7" wp14:editId="19A117CD">
           <wp:extent cx="1562100" cy="1009650"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1609943924" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -11370,51 +12069,51 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1562100" cy="1009650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21502AF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F7655D0"/>
     <w:lvl w:ilvl="0" w:tplc="34E833AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11723,171 +12422,202 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="216553615">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1849978454">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1613904736">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A40C74"/>
+    <w:rsid w:val="0009295B"/>
     <w:rsid w:val="000B2693"/>
     <w:rsid w:val="000B51AC"/>
+    <w:rsid w:val="000E55BC"/>
     <w:rsid w:val="000F13FC"/>
     <w:rsid w:val="0019431C"/>
+    <w:rsid w:val="001D10D2"/>
     <w:rsid w:val="001F02C3"/>
     <w:rsid w:val="00201BE7"/>
     <w:rsid w:val="00205527"/>
     <w:rsid w:val="002404FA"/>
+    <w:rsid w:val="0029294F"/>
     <w:rsid w:val="002E448E"/>
     <w:rsid w:val="002F5416"/>
     <w:rsid w:val="002F7155"/>
     <w:rsid w:val="00322F18"/>
     <w:rsid w:val="00357367"/>
     <w:rsid w:val="0036286F"/>
     <w:rsid w:val="003639F6"/>
     <w:rsid w:val="003A0C05"/>
     <w:rsid w:val="003A38AA"/>
     <w:rsid w:val="003F4B3D"/>
+    <w:rsid w:val="00414BEC"/>
+    <w:rsid w:val="004256CD"/>
+    <w:rsid w:val="00441E0E"/>
     <w:rsid w:val="00475601"/>
+    <w:rsid w:val="0054035B"/>
     <w:rsid w:val="00543564"/>
+    <w:rsid w:val="005613A1"/>
+    <w:rsid w:val="00567E3C"/>
+    <w:rsid w:val="005730AC"/>
+    <w:rsid w:val="005820A9"/>
     <w:rsid w:val="00605D04"/>
     <w:rsid w:val="00660EF1"/>
     <w:rsid w:val="00680D79"/>
+    <w:rsid w:val="006B1F18"/>
     <w:rsid w:val="006C04FE"/>
+    <w:rsid w:val="007268D5"/>
     <w:rsid w:val="00737763"/>
+    <w:rsid w:val="00750ACF"/>
+    <w:rsid w:val="00753F72"/>
     <w:rsid w:val="007A61B9"/>
     <w:rsid w:val="008843DB"/>
     <w:rsid w:val="008B3034"/>
+    <w:rsid w:val="008C39BC"/>
     <w:rsid w:val="008D3B5D"/>
     <w:rsid w:val="00905D60"/>
     <w:rsid w:val="00921F1C"/>
     <w:rsid w:val="009B4D97"/>
     <w:rsid w:val="009C40B7"/>
     <w:rsid w:val="00A07F84"/>
     <w:rsid w:val="00A40C74"/>
     <w:rsid w:val="00A80975"/>
     <w:rsid w:val="00A861AA"/>
     <w:rsid w:val="00AA017A"/>
     <w:rsid w:val="00AA79AF"/>
+    <w:rsid w:val="00AE2243"/>
     <w:rsid w:val="00AE63CA"/>
     <w:rsid w:val="00B01B88"/>
     <w:rsid w:val="00B04BEB"/>
     <w:rsid w:val="00B503E8"/>
+    <w:rsid w:val="00B61192"/>
     <w:rsid w:val="00B90621"/>
     <w:rsid w:val="00BA18F4"/>
+    <w:rsid w:val="00BA32AE"/>
     <w:rsid w:val="00BA3A8F"/>
+    <w:rsid w:val="00BA7F62"/>
+    <w:rsid w:val="00BC6C93"/>
     <w:rsid w:val="00C05DD8"/>
     <w:rsid w:val="00C26D34"/>
     <w:rsid w:val="00CC3863"/>
     <w:rsid w:val="00CD53CA"/>
     <w:rsid w:val="00CE5A3D"/>
     <w:rsid w:val="00D046BF"/>
     <w:rsid w:val="00D73B11"/>
     <w:rsid w:val="00DA333C"/>
     <w:rsid w:val="00E23352"/>
+    <w:rsid w:val="00E240B0"/>
+    <w:rsid w:val="00E6029B"/>
     <w:rsid w:val="00E94DA4"/>
+    <w:rsid w:val="00EA6496"/>
     <w:rsid w:val="00EB29A4"/>
+    <w:rsid w:val="00EE7DDA"/>
     <w:rsid w:val="00F10274"/>
+    <w:rsid w:val="00F407BA"/>
     <w:rsid w:val="00F41904"/>
+    <w:rsid w:val="00F55FB1"/>
+    <w:rsid w:val="00F963A4"/>
+    <w:rsid w:val="00F96EB3"/>
     <w:rsid w:val="00FC4980"/>
     <w:rsid w:val="00FC72A7"/>
     <w:rsid w:val="00FD7D7A"/>
     <w:rsid w:val="00FE2FC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5428B333"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DBAF675F-D010-458E-9B43-9ED91F0BA8B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12969,52 +13699,65 @@
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA79AF"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00322F18"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="58948169">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="314257786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1491749953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13327,70 +14070,99 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89A11E15-0DF6-4A8F-868C-09590E164011}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1110</Words>
-  <Characters>6109</Characters>
+  <Words>1107</Words>
+  <Characters>6090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministeres Sociaux</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7205</CharactersWithSpaces>
+  <CharactersWithSpaces>7183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DE BRIE, Clarisse (ARS-IDF)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-09-08T10:30:08Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>1710360a-0c64-436e-b619-cfcc04e52bce</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>